--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -1,161 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
-  <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...56 lines deleted...]
-  <Override PartName="/ppt/diagrams/drawing11.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483696" r:id="rId1"/>
+    <p:sldMasterId id="2147483672" r:id="rId1"/>
   </p:sldMasterIdLst>
-  <p:notesMasterIdLst>
-[...4 lines deleted...]
-  </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="258" r:id="rId4"/>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="260" r:id="rId6"/>
     <p:sldId id="261" r:id="rId7"/>
     <p:sldId id="262" r:id="rId8"/>
     <p:sldId id="263" r:id="rId9"/>
     <p:sldId id="264" r:id="rId10"/>
     <p:sldId id="265" r:id="rId11"/>
-    <p:sldId id="266" r:id="rId12"/>
-[...1 lines deleted...]
-    <p:sldId id="268" r:id="rId14"/>
+    <p:sldId id="268" r:id="rId12"/>
+    <p:sldId id="269" r:id="rId13"/>
+    <p:sldId id="266" r:id="rId14"/>
+    <p:sldId id="267" r:id="rId15"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
-    <a:defPPr rtl="0">
-      <a:defRPr lang="sr-Latn-CS"/>
+    <a:defPPr>
+      <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
@@ -208,39303 +152,9361 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
-    <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
-[...1 lines deleted...]
-    </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:showPr showNarration="1">
-[...15 lines deleted...]
-  </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
-    <p:restoredLeft sz="18983" autoAdjust="0"/>
-    <p:restoredTop sz="96623" autoAdjust="0"/>
+    <p:restoredLeft sz="15000" autoAdjust="0"/>
+    <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="114" d="100"/>
-          <a:sy n="114" d="100"/>
+          <a:sx n="72" d="100"/>
+          <a:sy n="72" d="100"/>
         </p:scale>
-        <p:origin x="246" y="84"/>
+        <p:origin x="660" y="78"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:notesViewPr>
-[...10 lines deleted...]
-  </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
-[...778 lines deleted...]
-</dgm:colorsDef>
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/colors10.xml><?xml version="1.0" encoding="utf-8"?>
-[...778 lines deleted...]
-</dgm:colorsDef>
+<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/colors11.xml><?xml version="1.0" encoding="utf-8"?>
-[...778 lines deleted...]
-</dgm:colorsDef>
+<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/colors2.xml><?xml version="1.0" encoding="utf-8"?>
-[...778 lines deleted...]
-</dgm:colorsDef>
+<file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/colors3.xml><?xml version="1.0" encoding="utf-8"?>
-[...778 lines deleted...]
-</dgm:colorsDef>
+<file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/colors4.xml><?xml version="1.0" encoding="utf-8"?>
-[...778 lines deleted...]
-</dgm:colorsDef>
+<file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/colors5.xml><?xml version="1.0" encoding="utf-8"?>
-[...778 lines deleted...]
-</dgm:colorsDef>
+<file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/colors6.xml><?xml version="1.0" encoding="utf-8"?>
-[...778 lines deleted...]
-</dgm:colorsDef>
+<file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/colors7.xml><?xml version="1.0" encoding="utf-8"?>
-[...778 lines deleted...]
-</dgm:colorsDef>
+<file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/colors8.xml><?xml version="1.0" encoding="utf-8"?>
-[...778 lines deleted...]
-</dgm:colorsDef>
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/colors9.xml><?xml version="1.0" encoding="utf-8"?>
-[...778 lines deleted...]
-</dgm:colorsDef>
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
-[...293 lines deleted...]
-</dgm:dataModel>
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/data10.xml><?xml version="1.0" encoding="utf-8"?>
-[...298 lines deleted...]
-</dgm:dataModel>
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/data11.xml><?xml version="1.0" encoding="utf-8"?>
-[...465 lines deleted...]
-</dgm:dataModel>
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/data2.xml><?xml version="1.0" encoding="utf-8"?>
-[...298 lines deleted...]
-</dgm:dataModel>
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/data3.xml><?xml version="1.0" encoding="utf-8"?>
-[...293 lines deleted...]
-</dgm:dataModel>
+<file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/data4.xml><?xml version="1.0" encoding="utf-8"?>
-[...305 lines deleted...]
-</dgm:dataModel>
+<file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/data5.xml><?xml version="1.0" encoding="utf-8"?>
-[...286 lines deleted...]
-</dgm:dataModel>
+<file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Title Slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1370693" y="1769540"/>
+            <a:ext cx="9440034" cy="1828801"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="5400"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1370693" y="3598339"/>
+            <a:ext cx="9440034" cy="1049867"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master subtitle style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1761106901"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
 </file>
 
-<file path=ppt/diagrams/data6.xml><?xml version="1.0" encoding="utf-8"?>
-[...136 lines deleted...]
-</dgm:dataModel>
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Panoramic Picture with Caption">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Picture 15" descr="Slate-V2-HD-panoPhotoInset.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1013883" y="547807"/>
+            <a:ext cx="10141799" cy="3816806"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913806" y="4565255"/>
+            <a:ext cx="10355326" cy="543472"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="2800"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Picture Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1169349" y="695009"/>
+            <a:ext cx="9845346" cy="3525671"/>
+          </a:xfrm>
+          <a:effectLst>
+            <a:outerShdw blurRad="38100" dist="25400" dir="4440000">
+              <a:srgbClr val="000000">
+                <a:alpha val="36000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click icon to add picture</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="5108728"/>
+            <a:ext cx="10353762" cy="682472"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1940387122"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/diagrams/data7.xml><?xml version="1.0" encoding="utf-8"?>
-[...190 lines deleted...]
-</dgm:dataModel>
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Title and Caption">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="608437"/>
+            <a:ext cx="10353762" cy="3534344"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913794" y="4295180"/>
+            <a:ext cx="10353763" cy="1501826"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2764429413"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/diagrams/data8.xml><?xml version="1.0" encoding="utf-8"?>
-[...371 lines deleted...]
-</dgm:dataModel>
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Quote with Caption">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1446212" y="609600"/>
+            <a:ext cx="9302752" cy="2992904"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1720644" y="3610032"/>
+            <a:ext cx="8752299" cy="532749"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="r">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913794" y="4304353"/>
+            <a:ext cx="10353763" cy="1489496"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="990600" y="884796"/>
+            <a:ext cx="609600" cy="584776"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="0" cap="all">
+                <a:ln w="3175" cmpd="sng">
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst>
+                  <a:glow rad="38100">
+                    <a:schemeClr val="bg1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                      <a:alpha val="40000"/>
+                    </a:schemeClr>
+                  </a:glow>
+                  <a:outerShdw blurRad="28575" dist="38100" dir="14040000" algn="tl" rotWithShape="0">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="25000"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="8000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>“</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="TextBox 12"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10504716" y="2928258"/>
+            <a:ext cx="609600" cy="584776"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="0" cap="all">
+                <a:ln w="3175" cmpd="sng">
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst>
+                  <a:glow rad="38100">
+                    <a:schemeClr val="bg1">
+                      <a:lumMod val="65000"/>
+                      <a:lumOff val="35000"/>
+                      <a:alpha val="40000"/>
+                    </a:schemeClr>
+                  </a:glow>
+                  <a:outerShdw blurRad="28575" dist="38100" dir="14040000" algn="tl" rotWithShape="0">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="25000"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="8000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>”</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="701853148"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/diagrams/data9.xml><?xml version="1.0" encoding="utf-8"?>
-[...270 lines deleted...]
-</dgm:dataModel>
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Name Card">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913794" y="2126942"/>
+            <a:ext cx="10353763" cy="2511835"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913784" y="4650556"/>
+            <a:ext cx="10352199" cy="1140644"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3364334129"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-      <dsp:spPr>
+<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="3 Column">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
         <a:xfrm>
-          <a:off x="1306750" y="353"/>
-          <a:ext cx="2390030" cy="1434018"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-[...380 lines deleted...]
-</dsp:drawing>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="609600"/>
+            <a:ext cx="10353762" cy="970450"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="1885950"/>
+            <a:ext cx="3300984" cy="576262"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="2571750"/>
+            <a:ext cx="3300984" cy="3219450"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4446711" y="1885950"/>
+            <a:ext cx="3300984" cy="576262"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4441435" y="2571750"/>
+            <a:ext cx="3300984" cy="3219450"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7966572" y="1885950"/>
+            <a:ext cx="3300984" cy="576262"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7966572" y="2571750"/>
+            <a:ext cx="3300984" cy="3219450"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1306532214"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/diagrams/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-      <dsp:spPr>
+<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="3 Picture Column">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
         <a:xfrm>
-          <a:off x="0" y="22357"/>
-          <a:ext cx="6151562" cy="1011867"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
         </a:xfrm>
-        <a:prstGeom prst="roundRect">
-[...380 lines deleted...]
-</dsp:drawing>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1" descr="Slate-V2-HD-3colPhotoInset.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="897962" y="1818214"/>
+            <a:ext cx="3339972" cy="1847851"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="36" name="Picture 35" descr="Slate-V2-HD-3colPhotoInset.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4403800" y="1818214"/>
+            <a:ext cx="3339972" cy="1847851"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="37" name="Picture 36" descr="Slate-V2-HD-3colPhotoInset.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7936051" y="1818214"/>
+            <a:ext cx="3339972" cy="1847851"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913794" y="609600"/>
+            <a:ext cx="10353763" cy="970450"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="3904106"/>
+            <a:ext cx="3300984" cy="576262"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Picture Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1018102" y="1938918"/>
+            <a:ext cx="3092368" cy="1602954"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 1858"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:effectLst>
+            <a:outerShdw blurRad="38100" dist="25400" dir="4440000">
+              <a:srgbClr val="000000">
+                <a:alpha val="36000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click icon to add picture</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="18"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="4480368"/>
+            <a:ext cx="3300984" cy="1310833"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Text Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4442788" y="3904106"/>
+            <a:ext cx="3300984" cy="576262"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Picture Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="21"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4545743" y="1939094"/>
+            <a:ext cx="3092368" cy="1608164"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 1858"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:effectLst>
+            <a:outerShdw blurRad="38100" dist="25400" dir="4440000">
+              <a:srgbClr val="000000">
+                <a:alpha val="36000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click icon to add picture</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="19"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4441435" y="4480367"/>
+            <a:ext cx="3300984" cy="1310833"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Text Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7966697" y="3904106"/>
+            <a:ext cx="3300984" cy="576262"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Picture Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="22"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8075698" y="1934432"/>
+            <a:ext cx="3092368" cy="1607294"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 1858"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:effectLst>
+            <a:outerShdw blurRad="38100" dist="25400" dir="4440000">
+              <a:srgbClr val="000000">
+                <a:alpha val="36000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click icon to add picture</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="20"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7966572" y="4480365"/>
+            <a:ext cx="3300984" cy="1310835"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2282077361"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/diagrams/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-      <dsp:spPr>
+<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
+  <p:cSld name="Title and Vertical Text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
         <a:xfrm>
-          <a:off x="8441" y="0"/>
-          <a:ext cx="1266430" cy="3101975"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-[...848 lines deleted...]
-</dsp:drawing>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="eaVert" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3290372575"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/diagrams/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-      <dsp:spPr>
+<file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
+  <p:cSld name="Vertical Title and Text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
         <a:xfrm>
-          <a:off x="0" y="284233"/>
-          <a:ext cx="6151562" cy="902508"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
         </a:xfrm>
-        <a:prstGeom prst="roundRect">
-[...380 lines deleted...]
-</dsp:drawing>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Vertical Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" orient="vert"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8983068" y="609599"/>
+            <a:ext cx="2284487" cy="5181601"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913796" y="609599"/>
+            <a:ext cx="7916872" cy="5181601"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="260861747"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
 </file>
 
-<file path=ppt/diagrams/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-      <dsp:spPr>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+  <p:cSld name="Title and Content">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
         <a:xfrm>
-          <a:off x="306677" y="1182"/>
-          <a:ext cx="2637242" cy="1582345"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-[...380 lines deleted...]
-</dsp:drawing>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2885232563"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/diagrams/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-      <dsp:spPr>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
+  <p:cSld name="Section Header">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
         <a:xfrm>
-          <a:off x="3858" y="835476"/>
-          <a:ext cx="2319883" cy="909754"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-[...506 lines deleted...]
-</dsp:drawing>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1295401" y="1761067"/>
+            <a:ext cx="9590550" cy="1828813"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="4000" b="0" cap="none"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1295401" y="3589879"/>
+            <a:ext cx="9590550" cy="1507054"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="509813431"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
 </file>
 
-<file path=ppt/diagrams/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-      <dsp:spPr>
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
+  <p:cSld name="Two Content">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="6151562" cy="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
         </a:xfrm>
-        <a:prstGeom prst="line">
-[...43 lines deleted...]
-      <dsp:spPr>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="1732449"/>
+            <a:ext cx="5060497" cy="4058750"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6202892" y="1732449"/>
+            <a:ext cx="5064665" cy="4058751"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="735556999"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
+  <p:cSld name="Comparison">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="6151562" cy="1319212"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-[...397 lines deleted...]
-</dsp:drawing>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="20" name="Picture 19" descr="Slate-V2-HD-compPhotoInset.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="1734506"/>
+            <a:ext cx="5089072" cy="4148769"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="21" name="Picture 20" descr="Slate-V2-HD-compPhotoInset.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6178485" y="1734506"/>
+            <a:ext cx="5089072" cy="4148769"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1005872" y="1835254"/>
+            <a:ext cx="4876344" cy="544884"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1005872" y="2380137"/>
+            <a:ext cx="4876344" cy="3411063"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6294967" y="1835254"/>
+            <a:ext cx="4895330" cy="544883"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6294967" y="2380137"/>
+            <a:ext cx="4895330" cy="3411063"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1800"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1600"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Date Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Footer Placeholder 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2381977410"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/diagrams/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-      <dsp:spPr>
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Title Only">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
         <a:xfrm>
-          <a:off x="0" y="133239"/>
-          <a:ext cx="10261599" cy="1380307"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
         </a:xfrm>
-        <a:prstGeom prst="roundRect">
-[...146 lines deleted...]
-</dsp:drawing>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1213166692"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/diagrams/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-      <dsp:spPr>
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
+  <p:cSld name="Blank">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
         <a:xfrm>
-          <a:off x="0" y="136875"/>
-          <a:ext cx="6151562" cy="1621619"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
         </a:xfrm>
-        <a:prstGeom prst="roundRect">
-[...224 lines deleted...]
-</dsp:drawing>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Date Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Footer Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2980774288"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/diagrams/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-      <dsp:spPr>
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
+  <p:cSld name="Content with Caption">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="7901431" cy="558355"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
         </a:xfrm>
-        <a:prstGeom prst="roundRect">
-[...706 lines deleted...]
-</dsp:drawing>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="609600"/>
+            <a:ext cx="3706889" cy="1821918"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="2400" b="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4855633" y="609600"/>
+            <a:ext cx="6411924" cy="5181600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="2431518"/>
+            <a:ext cx="3706889" cy="3359681"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2508971162"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/diagrams/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-      <dsp:spPr>
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
+  <p:cSld name="Picture with Caption">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
-          <a:ext cx="6151562" cy="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
         </a:xfrm>
-        <a:prstGeom prst="line">
-[...430 lines deleted...]
-</dsp:drawing>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="22" name="Picture 21" descr="Slate-V2-HD-vertPhotoInset.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7293665" y="609600"/>
+            <a:ext cx="3584166" cy="5204832"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="609923"/>
+            <a:ext cx="5934949" cy="1829338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="3200" b="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Picture Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7442551" y="763702"/>
+            <a:ext cx="3275751" cy="4912822"/>
+          </a:xfrm>
+          <a:effectLst>
+            <a:outerShdw blurRad="38100" dist="25400" dir="4440000">
+              <a:srgbClr val="000000">
+                <a:alpha val="36000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click icon to add picture</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="2439261"/>
+            <a:ext cx="5934949" cy="3376134"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2257988645"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
-[...143 lines deleted...]
-</dgm:layoutDef>
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/layout10.xml><?xml version="1.0" encoding="utf-8"?>
-[...14720 lines deleted...]
-<p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
-      <p:bgRef idx="1001">
-        <a:schemeClr val="bg1"/>
+      <p:bgRef idx="1003">
+        <a:schemeClr val="bg2"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Čuvar mesta za zaglavlje 1">
-[...16 lines deleted...]
-            <a:ext cx="2971800" cy="458788"/>
+          <p:cNvPr id="2" name="Title Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="609600"/>
+            <a:ext cx="10353762" cy="970450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...31 lines deleted...]
-            <a:ext cx="2971800" cy="458788"/>
+          <a:effectLst>
+            <a:outerShdw blurRad="25400" dir="17880000">
+              <a:srgbClr val="000000">
+                <a:alpha val="46000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="1732449"/>
+            <a:ext cx="10353762" cy="4058751"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...35 lines deleted...]
-            <a:ext cx="2971800" cy="458787"/>
+          <a:effectLst>
+            <a:outerShdw blurRad="25400" dir="17880000">
+              <a:srgbClr val="000000">
+                <a:alpha val="46000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7678736" y="5883275"/>
+            <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200"/>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="95000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
+                    <a:schemeClr val="bg1">
+                      <a:alpha val="43000"/>
+                    </a:schemeClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="sr-Latn-RS"/>
-[...22 lines deleted...]
-            <a:ext cx="2971800" cy="458787"/>
+            <a:fld id="{1943AC0D-A6F0-4EC8-A04D-5A19E5AD1D78}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>03-May-20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="5883275"/>
+            <a:ext cx="6672865" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="95000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
+                    <a:schemeClr val="bg1">
+                      <a:alpha val="43000"/>
+                    </a:schemeClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10514011" y="5883275"/>
+            <a:ext cx="753545" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
-              <a:defRPr sz="1200"/>
+              <a:defRPr sz="1000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="95000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
+                    <a:schemeClr val="bg1">
+                      <a:alpha val="43000"/>
+                    </a:schemeClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{0B1E540B-B08B-41B2-9ED5-1EDB9FE41112}" type="slidenum">
-              <a:rPr lang="sr-Latn-RS" smtClean="0"/>
+            <a:fld id="{05572219-1D28-4A5E-A7E6-1E4DBC6071B7}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="sr-Latn-RS"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3070883842"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2453751211"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
-[...1 lines deleted...]
-</p:handoutMaster>
+  <p:clrMap bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483673" r:id="rId1"/>
+    <p:sldLayoutId id="2147483674" r:id="rId2"/>
+    <p:sldLayoutId id="2147483675" r:id="rId3"/>
+    <p:sldLayoutId id="2147483676" r:id="rId4"/>
+    <p:sldLayoutId id="2147483677" r:id="rId5"/>
+    <p:sldLayoutId id="2147483678" r:id="rId6"/>
+    <p:sldLayoutId id="2147483679" r:id="rId7"/>
+    <p:sldLayoutId id="2147483680" r:id="rId8"/>
+    <p:sldLayoutId id="2147483681" r:id="rId9"/>
+    <p:sldLayoutId id="2147483682" r:id="rId10"/>
+    <p:sldLayoutId id="2147483683" r:id="rId11"/>
+    <p:sldLayoutId id="2147483684" r:id="rId12"/>
+    <p:sldLayoutId id="2147483685" r:id="rId13"/>
+    <p:sldLayoutId id="2147483686" r:id="rId14"/>
+    <p:sldLayoutId id="2147483687" r:id="rId15"/>
+    <p:sldLayoutId id="2147483688" r:id="rId16"/>
+    <p:sldLayoutId id="2147483689" r:id="rId17"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="ctr" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="4000" kern="1200">
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+                <a:lumOff val="25000"/>
+                <a:alpha val="10000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:effectLst>
+            <a:outerShdw blurRad="9525" dist="25400" dir="14640000" algn="tl" rotWithShape="0">
+              <a:schemeClr val="bg1">
+                <a:alpha val="30000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:latin typeface="+mj-lt"/>
+          <a:ea typeface="+mj-ea"/>
+          <a:cs typeface="Trebuchet MS"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="342900" indent="-306000" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="600"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buSzPct val="70000"/>
+        <a:buFont typeface="Wingdings 2" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+                <a:lumOff val="25000"/>
+                <a:alpha val="10000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:effectLst>
+            <a:outerShdw blurRad="9525" dist="25400" dir="14640000" algn="tl" rotWithShape="0">
+              <a:schemeClr val="bg1">
+                <a:alpha val="30000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="720000" indent="-270000" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="600"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buSzPct val="70000"/>
+        <a:buFont typeface="Wingdings 2" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+                <a:lumOff val="25000"/>
+                <a:alpha val="10000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:effectLst>
+            <a:outerShdw blurRad="9525" dist="25400" dir="14640000" algn="tl" rotWithShape="0">
+              <a:schemeClr val="bg1">
+                <a:alpha val="30000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1026000" indent="-216000" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="600"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buSzPct val="70000"/>
+        <a:buFont typeface="Wingdings 2" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1600" kern="1200">
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+                <a:lumOff val="25000"/>
+                <a:alpha val="10000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:effectLst>
+            <a:outerShdw blurRad="9525" dist="25400" dir="14640000" algn="tl" rotWithShape="0">
+              <a:schemeClr val="bg1">
+                <a:alpha val="30000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1386000" indent="-216000" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="600"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buSzPct val="70000"/>
+        <a:buFont typeface="Wingdings 2" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1400" kern="1200">
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+                <a:lumOff val="25000"/>
+                <a:alpha val="10000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:effectLst>
+            <a:outerShdw blurRad="9525" dist="25400" dir="14640000" algn="tl" rotWithShape="0">
+              <a:schemeClr val="bg1">
+                <a:alpha val="30000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1674000" indent="-216000" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="600"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buSzPct val="70000"/>
+        <a:buFont typeface="Wingdings 2" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1400" kern="1200">
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+                <a:lumOff val="25000"/>
+                <a:alpha val="10000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:effectLst>
+            <a:outerShdw blurRad="9525" dist="25400" dir="14640000" algn="tl" rotWithShape="0">
+              <a:schemeClr val="bg1">
+                <a:alpha val="30000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2014600" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="600"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buSzPct val="70000"/>
+        <a:buFont typeface="Wingdings 2" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1400" kern="1200">
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+                <a:lumOff val="25000"/>
+                <a:alpha val="10000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:effectLst>
+            <a:outerShdw blurRad="9525" dist="25400" dir="14640000" algn="tl" rotWithShape="0">
+              <a:schemeClr val="bg1">
+                <a:alpha val="30000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2401800" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="600"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buSzPct val="70000"/>
+        <a:buFont typeface="Wingdings 2" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1400" kern="1200">
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+                <a:lumOff val="25000"/>
+                <a:alpha val="10000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:effectLst>
+            <a:outerShdw blurRad="9525" dist="25400" dir="14640000" algn="tl" rotWithShape="0">
+              <a:schemeClr val="bg1">
+                <a:alpha val="30000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="2789000" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="600"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buSzPct val="70000"/>
+        <a:buFont typeface="Wingdings 2" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1400" kern="1200">
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+                <a:lumOff val="25000"/>
+                <a:alpha val="10000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:effectLst>
+            <a:outerShdw blurRad="9525" dist="25400" dir="14640000" algn="tl" rotWithShape="0">
+              <a:schemeClr val="bg1">
+                <a:alpha val="30000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3106200" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:spcBef>
+          <a:spcPct val="20000"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPts val="600"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="tx2"/>
+        </a:buClr>
+        <a:buSzPct val="70000"/>
+        <a:buFont typeface="Wingdings 2" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1400" kern="1200">
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+                <a:lumOff val="25000"/>
+                <a:alpha val="10000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:effectLst>
+            <a:outerShdw blurRad="9525" dist="25400" dir="14640000" algn="tl" rotWithShape="0">
+              <a:schemeClr val="bg1">
+                <a:alpha val="30000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="en-US"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+  <p:extLst>
+    <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldMaster>
 </file>
 
-<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-[...347 lines deleted...]
-</p:notesMaster>
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Čuvar mesta za sliku na slajdu 1"/>
-[...47 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{774E2BAC-6AFD-4AD4-A6BB-B183447F2849}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1370693" y="2750201"/>
+            <a:ext cx="9440034" cy="1828801"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Конструисање Београда као престонице по принципу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>Translatio Hierosolymi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t> у време деспота Стефана Лазаревића</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D41DCC-16C1-4661-BE0D-E6C5A49D2A69}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1370693" y="4833577"/>
+            <a:ext cx="9440034" cy="1828801"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Предметни професори: др Јелена Ердељан и др Иван Стевовић</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Студент: Огњен Минић ИУ 16/50</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B787A643-7CF0-4960-AA99-CB19F1BED3EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3042710" y="351800"/>
+            <a:ext cx="6096000" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Од Јустинијана до Сулејмана Величанственог: визуелна култура средњовековног и раног модерног света</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="257331742"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4268998761"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:notes>
+</p:sld>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...53 lines deleted...]
-    </p:bg>
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...25 lines deleted...]
-            <a:normAutofit/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E13B8572-9771-461F-A5DD-04C5A6CD13A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6924261" y="291547"/>
+            <a:ext cx="4406348" cy="3304761"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7D417E4-BDCC-4D50-8114-F7A252AE90E7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="304800" y="3225248"/>
+            <a:ext cx="4406348" cy="2935196"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B79AC0DF-78BB-4A56-A0A2-2C0006CA2167}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="728869" y="6294783"/>
+            <a:ext cx="4108174" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...1 lines deleted...]
-              <a:defRPr sz="3800">
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Остаци београдске митрополије</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF00D03C-6D19-4E23-BD29-A6B3D787CF9A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7421218" y="3816626"/>
+            <a:ext cx="4134678" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Макета замка деспота Стефана</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F738B69C-0192-4693-9139-E554BC4C2E77}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="304800" y="185530"/>
+            <a:ext cx="6347791" cy="2308324"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="262626"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
-              </a:defRPr>
-[...25 lines deleted...]
-          </a:xfrm>
+              </a:rPr>
+              <a:t>Митрополијска црква је била посвећена празнику Успења. У комбинацији њене посвете и позиције унутар сакралне топографије Београда, очитава се јасна паралела са Долином кидронском и Гетсиманијом, што још једном потврђује јерусалимски узор при конструкцији престонице. Како се јерусалимска литија кретала од Гетсиманије ка Сиону, вероватно је и преношење литијске руте на београдски модел. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06EA5D63-38A9-4050-8E35-23A0710A50E7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5257800" y="4692846"/>
+            <a:ext cx="6718852" cy="1754326"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr rtlCol="0">
-            <a:normAutofit/>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...2 lines deleted...]
-              <a:defRPr sz="2000">
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1">
-[...2 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
-              </a:defRPr>
-[...107 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" noProof="0"/>
+              </a:rPr>
+              <a:t>У том случају, и у складу са јерусалимском симболиком, уколико је место цркве Успења било замишљено и тумачено као место аналогно Гетсиманији, београдски Горњи град, са утврђеним двором деспота Стефана (који се уподобљава Давиду у његовом утврђењу) морао би да буде идеолошки изједначен са Сионом. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="816970305"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
-    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:sld>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Naslov i vertikalni tekst">
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...137 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" noProof="0"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E852088D-DC3A-4CED-BAA8-F68B89CDECCD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6C9C3C8-E386-4E23-AB80-912582F257D9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9409043" y="808383"/>
+            <a:ext cx="2478157" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Деспотова кула, Београдска тврђава</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3445248725"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:sld>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Vertikalni naslov i tekst">
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...147 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" noProof="0"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57B20A17-2EFB-464D-94E4-49E94A2DA56A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2117035" y="485097"/>
+            <a:ext cx="7957930" cy="5292023"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13B4EF76-F63F-4062-9A15-1A7E74C2EABD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4306956" y="6057071"/>
+            <a:ext cx="6520070" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Остаци замка деспота Стефана</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1988910686"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:sld>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Naslov i sadržaj">
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Naslov 1"/>
-[...136 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" noProof="0"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{138B8562-A6DD-4971-A83A-47C771CD123A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914311" y="380243"/>
+            <a:ext cx="10353762" cy="970450"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Закључак </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDBA9B41-673B-4530-A248-32FED3BEF95B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5979025" y="1745215"/>
+            <a:ext cx="5631311" cy="4059237"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D85304F0-EC08-4147-9A76-BE6D6A93DBC3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6269425" y="5969617"/>
+            <a:ext cx="5050510" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Приказ Београда из времена деспота Стефана</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2652812C-BF6A-4DAC-A313-F1E8C3C60216}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="477077" y="1745215"/>
+            <a:ext cx="4916557" cy="4247317"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Правећи свесне цитате на сакралну топографију Цариграда, а самим тим и Јерусалима као нуклеуса Васељене, урбанизација Београда под деспотом Стефаном Лазаревићем, спроведена је понављањем универзалних средњовековних образаца престонице као места одабраног и формираног божанском промишљу, центра ка ком се гравитира и месту обједињавања хришћанског владара који тежи идентификацији са Мојсијем, Давидом, царем Константином као првим и прототипом последњег хришћанског владара и његових поданика, односно новим Изабраним народом, Новим Израиљем.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3154032039"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:sld>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-    </p:bg>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Naslov 1"/>
-[...23 lines deleted...]
-            <a:normAutofit/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{578C9015-DD9D-4F33-B70E-843BAE574465}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="919119" y="0"/>
+            <a:ext cx="10353762" cy="848139"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Списак литературе:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0177401-5AA2-486F-8150-5E8956745B2A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="919119" y="672275"/>
+            <a:ext cx="10353762" cy="4946647"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...201 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" noProof="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+              <a:t>А. Веселиновић, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" i="1" dirty="0"/>
+              <a:t>Држава српских деспота</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+              <a:t>, Завод за уџбенике и наставна средства, Београд, 2006.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+              <a:t>Ј. Ердељан, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" i="1" dirty="0"/>
+              <a:t>Изабрана места – конструисање Нових јерусалима код православних Словена</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+              <a:t>, Православни богословски факултет – институт за теолошка истраживања, Београд, 2013.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="36900" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+              <a:t>Ј. Калић-Мијушковић, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" i="1" dirty="0"/>
+              <a:t>Београд у средњем веку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+              <a:t>, Београд 1967.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+              <a:t>К. Филозоф, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" i="1" dirty="0"/>
+              <a:t>Житије деспота Стефана Лазаревића</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+              <a:t>, превео Л. Мирковић, приредила Г. Јовановић, Београд 1989.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+              <a:t>М. Ал. Пурковић, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" i="1" dirty="0"/>
+              <a:t>Кнез и деспот Стефан Лазаревић</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+              <a:t>, Београдски издавачко-графички завод, Београд, 1978.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="36900" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+              <a:t>М. Поповић, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" i="1" dirty="0"/>
+              <a:t>Београдска тврђава, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+              <a:t>Београд 1982.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+              <a:t>М. Поповић, Средњовековна црква Успења Богородице у Београду, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" i="1" dirty="0"/>
+              <a:t>ЗНМ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+              <a:t>9-10 (1979)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+              <a:t>М. Поповић, В. Бикић, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" i="1" dirty="0"/>
+              <a:t>Комплекс средњовековне митрополије у Београду</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
+              <a:t>, Београд  2004.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Cyrl-RS" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2999776070"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
-    <a:overrideClrMapping bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:sld>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Dva sadržaja">
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Naslov 1"/>
-[...4 lines deleted...]
-            <p:ph type="title" hasCustomPrompt="1"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37DED07E-D36A-4CD6-961A-CEBC8E464B2C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr rtlCol="0"/>
-[...186 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" noProof="0"/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Историја Београда у старом и средњем веку</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FC563F0-B5A3-4082-A0CB-2ACA24B4A1FC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="913795" y="1732449"/>
+            <a:ext cx="10353762" cy="4787621"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Судећи према археолошким налазима на платоу Горњег града Београдске тврђаве, прво насеље је основано још током неолита.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Након 279. године пре н. е. Београд (тада Сингидунум) насељавају келтска, илирска, трачка и дачка племена. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Током </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>I</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> века, основан је први римски војни логор на територији Сингидунума. Током </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>II</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> века, првобитно палисадно војно утрврђење се развија у каструм, а убрзо потом, Сингидунум добија статус мунипација, а затим римске колоније.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Поделом Римског царства 395. Сингидунум улази у састав Византије (Сингидон).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Након 441. Хуни продиру на Балкан и разарају низ градова, међу којима и Сингидон.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>471. Теодорих осваја Сингидон.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Нешто пре 535. Јустинијан обнавља град, схватајући његову пограничну улогу у борби против варвара.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Када је на рушевинама античког града настао словенски град нема поузданих података, али се претпоставља да се то десило на прелазу из VIII у IX век. Словенски облик имена града, Београд, први пут се среће 878. године. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3296322925"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:sld>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Poređenje">
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Čuvar mesta za tekst 2"/>
-[...15 lines deleted...]
-            <a:normAutofit/>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9411CBAB-8E83-4095-A6B7-A74B08065D71}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="357809" y="437322"/>
+            <a:ext cx="11476382" cy="2862322"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...2 lines deleted...]
-              <a:defRPr sz="1900" b="0" cap="all" spc="100" baseline="0">
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent2">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
-              </a:defRPr>
-[...182 lines deleted...]
-              <a:defRPr sz="1900" b="0" cap="all" spc="100" baseline="0">
+              </a:rPr>
+              <a:t>Током </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent2">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
-              </a:defRPr>
-[...130 lines deleted...]
-            </a:r>
+              </a:rPr>
+              <a:t>IX</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> века, Београд потпада под власт бугарске државе.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>У </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>XI</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> и</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> XII</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> веку, Београд поново држе Византинци. Манојло </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>I</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> Комнин обнавља утврђење града.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Током читавог XIII века Београд се са мањим прекидима налазио у рукама Угара.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>1284. српски краљ Драгутим добија на управљање Мачву са Београдом од угарског краља Стефана </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>V.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>1319. Угари поново освајају Београд, у чијим рукама ће он бити до почетка </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>XV </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>века.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1421982270"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:sld>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Samo naslov">
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Naslov 1"/>
-[...84 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" noProof="0"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40F8E6B2-8851-4D6A-A95F-D2B98F66C0EC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-1466273" y="170241"/>
+            <a:ext cx="10353762" cy="970450"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Београд као нова престоница</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77F81C0B-615D-4BAE-A0E1-5657B112D5BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="630056" y="1525004"/>
+            <a:ext cx="2308447" cy="4059237"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47C5262D-9AC0-4D42-B6AE-FBDD74CB9C46}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3434300" y="1525004"/>
+            <a:ext cx="2821169" cy="4059236"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CBC16AC-F325-4B19-B3A7-3902202C6325}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="630056" y="5662395"/>
+            <a:ext cx="2308447" cy="923330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Ктиторска фреска деспота Стефана, Ресава, око 1417.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C458E02-5ED7-4E5F-897D-355F918F88A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3373893" y="5662395"/>
+            <a:ext cx="2941981" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Жигмунд Луксембуршки, Писанело, 1433.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="TextBox 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37E324D3-A719-468F-B9EB-AC69E2E2F442}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6624031" y="955160"/>
+            <a:ext cx="5306475" cy="6186309"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Након битке код Ангоре, Стефан Лазаревић се ослобађа вазалног статуса према султану Бајазиту.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Убрзо након тога, исте 1402. године у Цариграду прима титулу десота. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Ступајући у вазални однос према угарском краљу Жигмунду, добија на управу Мачву и Београд. Тада започиње процес формирања  Београда као нове престонице државе и културног, литерарног, дворског али пре свега </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" b="1" dirty="0"/>
+              <a:t>сакралног центра </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Деспотовине.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Ова трансформација, сакрализација и централизација Београда који постаје сублимација целокупне државне идеје, спровођена је механизмом реконтекстуализовања просторно-визуелних матрица Јерусалима као парадигме хришћанског града.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3191795739"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:sld>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Prazno">
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Čuvar mesta za datum 1"/>
-[...4 lines deleted...]
-            <p:ph type="dt" sz="half" idx="10"/>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFA73CB6-01F6-4085-A32F-089D18E54774}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr rtlCol="0"/>
-[...18 lines deleted...]
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Хоризонтална димензија Београда/Јерусалима</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Content Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C3856A1-0BD5-42E1-8953-EA8C8CA22F2A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr rtlCol="0"/>
-[...27 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" noProof="0"/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Константин Филозоф, аутор житија деспота Стефана Лазаревића, које се сматра за прворазредни историјски извор обзиром да је Константин био Стефанов савременик, а житије је саставио непосредно после његове смрти, пореди Београд са Јерусалимом, односно њихове</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>сублимате у виду Србије и Изабране земље речима:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="36900" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>„</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>И ова (земља) не само да, слично оној обећаној, точи мед и млеко, него као да (је) у себе примила и везала четири времена и ваздух, и из себе (их) даје осталима.“ </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Cyrl-RS" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Оваквим величањем географских, климатских и физичких карактеристика престонице и целе земље чији је она нуклеус, аутор сугерише како је Београд изграђен по хришчанском принципу конструкције града (престонице) као земаљског одраза идеалног Рајског града:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="36900" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>„Беше од великих, древних градова и на красном месту, као што много пута рекосмо, као мало где у васељени; уз то беше пространа изгледа, као крила лађа у царском пристаништу, са свакаквим утврђењима и са могућношћу добављања разноврсне хране“</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Cyrl-RS" i="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Cyrl-RS" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2470208695"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:sld>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Sadržaj sa natpisom">
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...2 lines deleted...]
-          <p:cNvSpPr/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57BA2154-4E59-441D-8612-C77219D95748}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
-[...3 lines deleted...]
-            <a:ext cx="6096000" cy="6858000"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5685182" y="225287"/>
+            <a:ext cx="6255024" cy="4691268"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...49 lines deleted...]
-            <a:normAutofit/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0787E6F1-7BA5-4679-9EA1-12C8EFA05391}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6440557" y="5274365"/>
+            <a:ext cx="6003235" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...1 lines deleted...]
-              <a:defRPr sz="2200">
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Реконструкција речног прилаза Београду</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F945D296-45AF-48AB-888A-96BC1BFF59BB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="304800" y="318052"/>
+            <a:ext cx="5155096" cy="7017306"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="262626"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
-              </a:defRPr>
-[...267 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" noProof="0"/>
+              </a:rPr>
+              <a:t>У прилог саображавања Београда принципима идеалног, небеског града говоре и следеће речи Констатиновог житија деспота Стефана:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" i="1" dirty="0"/>
+              <a:t>„Треба пре свега говорити о оном што је најпотребније, тј. о злату, а уједно и о сребру, а њихови извори (тј. рудници) часни и плодни, који све више расту, уколико се више црпу, као што и извори који се исрцпљавају, све слађи бивају. И где, дакле, на истоку или западу може наћи такво и толико богатство? Ваистину нигде.“</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Cyrl-RS" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" i="1" dirty="0"/>
+              <a:t>„Потребно је казати и о птицама и о свему осталом, што Господ предаде, као (што је) зелење влата за храну људима, а тога свега има (ту) у изобиљу свуда, као нигде у другим земљама. Јер дају храну у изобиљу не само пустим земљама, него и насељеним, множину свега плодоноснога (биљака, дрвећа), риба и свега потребног, које Господ предаде људима како би се наслађивали изобиљем, и све што стави Творац под ноге њихове“</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1577000753"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:sld>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Slika sa natpisom">
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...2 lines deleted...]
-          <p:cNvSpPr/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58A5EC4B-5013-4427-ABE0-1E568CEA80BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
-[...3 lines deleted...]
-            <a:ext cx="6095999" cy="6858000"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5325493" y="303088"/>
+            <a:ext cx="6545420" cy="5103800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...49 lines deleted...]
-            <a:noAutofit/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{525EE562-9541-4579-9317-A2C191B57B41}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="321087" y="303088"/>
+            <a:ext cx="4837043" cy="6740307"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...1 lines deleted...]
-              <a:defRPr sz="2200">
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="262626"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
-              </a:defRPr>
-[...37 lines deleted...]
-              <a:defRPr sz="3200">
+              </a:rPr>
+              <a:t>Перо Константина Филозофа преноси и следеће податке кључне за разумевање просторно-визуелног конструисања Београда као богомизабраног престоничког града:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Аналогија Београда са царским градом</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Повољан географско-стратешки положај</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Посвета града Богородици</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Раскошни двор</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Двојни одбрамбени бедеми</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Поређење београдског утврђења са јерусалимским брдом Сионом</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Поређење београдског северног пристаништа за лађе са пристаништем доњег Јерусалима</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Cyrl-RS" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11522765-65F9-4067-B061-8184628D13AF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5963479" y="5698435"/>
+            <a:ext cx="5774913" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1">
-[...2 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
-              </a:defRPr>
-[...208 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" noProof="0"/>
+              </a:rPr>
+              <a:t>Реконструкција Београда из времена деспота Стефана Лазаревића</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3458433481"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-</p:sldLayout>
+</p:sld>
 </file>
 
-<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...8 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...12 lines deleted...]
-            <a:ext cx="7729728" cy="1188720"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E108AB6-4460-4E0B-8001-925655B0186D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="7558064" cy="3613710"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...36 lines deleted...]
-            <a:ext cx="7729728" cy="3101983"/>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2009DA6-009A-4AFC-A982-110E75611B5E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7264214" y="0"/>
+            <a:ext cx="4927786" cy="3613710"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...54 lines deleted...]
-            <a:ext cx="2753746" cy="323968"/>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="TextBox 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51B274EC-8B20-4D31-A929-20A70695548C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2226366" y="3823468"/>
+            <a:ext cx="5155095" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...36 lines deleted...]
-            <a:ext cx="5901189" cy="320040"/>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Сионска гора, Јерусалим</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="TextBox 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB9095A7-DA71-422E-9078-44994F09E32F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7832034" y="3869635"/>
+            <a:ext cx="4068417" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...34 lines deleted...]
-          <a:prstGeom prst="ellipse">
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Дигитална реконструкција Београда са почетка </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>XV</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t> века</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="TextBox 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2B9F5FB-8DA9-47AE-89ED-6B199A615B90}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="145775" y="4771891"/>
+            <a:ext cx="11940208" cy="1754326"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...7 lines deleted...]
-            <a:noAutofit/>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...1 lines deleted...]
-              <a:defRPr sz="1100" spc="0" baseline="0">
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="FFFFFF"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
-              </a:defRPr>
-[...9 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" noProof="0"/>
+              </a:rPr>
+              <a:t>Идентификацијом Београда са Сионом, деспот Стефан и његов биограф користе се раније установљеним обрасцем политичке идеологије Ромејског царства.  Кроз аналогију Београдске тврђаве са Сионском, деспотова престоница визуализује и преузима значење и функцију богомизабраног места као </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>umbilicus mundi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>места које у себе инкорпорира идеје и топосе дома Господњег, Изабраног народа и идентитета града Давидовог, а у чијем центру почива фигура владара кроз коју се реализује божански наум и обнавља савез између Бога и Новог Израиља.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="497396297"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
-[...336 lines deleted...]
-</p:sldMaster>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
 </file>
 
-<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...51 lines deleted...]
-<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Rectangle 7">
+          <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87D3A4E0-C908-4EA9-ABDF-E82AD6BDEF9D}"/>
-[...2 lines deleted...]
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C9C9D4E-3146-4D67-9E9B-D961A2021B18}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
-[...12 lines deleted...]
-            <a:ext cx="6096000" cy="6858000"/>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="919119" y="198783"/>
+            <a:ext cx="10353762" cy="970450"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Митрополија и дворски комплекс </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8E59FB7-720F-4A90-9260-03A1A8DFC1B2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="606534" y="1275250"/>
+            <a:ext cx="5085781" cy="3390520"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37E0769B-EA07-41F2-9B34-973B84B42C52}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6458150" y="1275250"/>
+            <a:ext cx="5098527" cy="3390520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...51 lines deleted...]
-            <a:normAutofit/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AF04FF3-3CB9-48B6-9C5C-736E858AE969}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3202961" y="4890052"/>
+            <a:ext cx="5804452" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" err="1"/>
-[...27 lines deleted...]
-            <a:normAutofit/>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Остаци митрополијског двора, Београдска тврђава</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB94F3AC-25BE-4EE5-B30B-98DF3784BA54}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="278296" y="5592417"/>
+            <a:ext cx="11913704" cy="923330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="r">
-[...5 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1400" dirty="0" err="1">
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>International</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1400" dirty="0">
+              <a:t>Београдски митрополит је у својој резиденцији чувао чудотворну икону-заштитницу града, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0"/>
+              <a:t>Богородицу Београдску</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1400" dirty="0" err="1">
+              <a:t>, која је, уподобљавајући се цариградском моделу (који такође заснива свој престонички идентитет по принципу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Encyclopedia</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1400" dirty="0">
+              <a:t>Translatio Hierosolymi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Cyrl-RS" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> </a:t>
-[...89 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" sz="1400" dirty="0">
+              <a:t>) највероватније била иконографског типа Одигитрије или Влахернитисе.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:schemeClr val="tx2"/>
               </a:solidFill>
             </a:endParaRPr>
-          </a:p>
-[...29 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1194440229"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="790514945"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
-[...2279 lines deleted...]
-</p:sld>
+<file path=ppt/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Paket">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Slate">
   <a:themeElements>
-    <a:clrScheme name="Parcel">
-[...259 lines deleted...]
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Slate">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="212123"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="DADADA"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="BC451B"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="D3BA68"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="BB8640"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="AD9277"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A55A43"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="AD9D7B"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="E98052"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="F4B69B"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Slate">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calisto MT" panose="02040603050505030304"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...54 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="돋움"/>
+        <a:font script="Hans" typeface="方正舒体"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...209 lines deleted...]
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calisto MT" panose="02040603050505030304"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...54 lines deleted...]
-        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="돋움"/>
+        <a:font script="Hans" typeface="方正舒体"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Slate">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
+                <a:tint val="60000"/>
                 <a:lumMod val="110000"/>
-                <a:satMod val="105000"/>
-[...7 lines deleted...]
-                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="88000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...8 lines deleted...]
-                <a:shade val="100000"/>
+                <a:tint val="96000"/>
+                <a:lumMod val="104000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="90000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="rnd" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="90000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="15875" cap="rnd" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400" cap="rnd" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="63500" dist="25400" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="60000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="76200" dist="38100" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="75000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400" prst="hardEdge"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
-          <a:schemeClr val="phClr">
-[...2 lines deleted...]
-          </a:schemeClr>
+          <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
-[...1 lines deleted...]
-            <a:gs pos="0">
+        <a:blipFill rotWithShape="1">
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+            <a:duotone>
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:shade val="80000"/>
+                <a:lumMod val="80000"/>
               </a:schemeClr>
-            </a:gs>
-            <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
-                <a:satMod val="130000"/>
-[...1 lines deleted...]
-                <a:lumMod val="103000"/>
               </a:schemeClr>
-            </a:gs>
-[...8 lines deleted...]
-        </a:gradFill>
+            </a:duotone>
+          </a:blip>
+          <a:stretch/>
+        </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Slate" id="{C3F70B94-7CE9-428E-ADC1-3269CC2C3385}" vid="{3F2DE9A5-64E6-437C-A389-CC4477E817E8}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>TF00001246</Template>
+  <Template>Slate</Template>
   <TotalTime></TotalTime>
-  <Words>1140</Words>
+  <Words>1350</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>66</Paragraphs>
-[...1 lines deleted...]
-  <Notes>1</Notes>
+  <Paragraphs>92</Paragraphs>
+  <Slides>14</Slides>
+  <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>13</vt:i4>
+        <vt:i4>14</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="17" baseType="lpstr">
+    <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>Calibri</vt:lpstr>
-[...14 lines deleted...]
-      <vt:lpstr>ISTRAŽIVANJE ISTOPOLNIH PORODICA: PROBLEM RAZLIKE </vt:lpstr>
+      <vt:lpstr>Calisto MT</vt:lpstr>
+      <vt:lpstr>Wingdings 2</vt:lpstr>
+      <vt:lpstr>Slate</vt:lpstr>
+      <vt:lpstr>Конструисање Београда као престонице по принципу Translatio Hierosolymi у време деспота Стефана Лазаревића</vt:lpstr>
+      <vt:lpstr>Историја Београда у старом и средњем веку</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Београд као нова престоница</vt:lpstr>
+      <vt:lpstr>Хоризонтална димензија Београда/Јерусалима</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Митрополија и дворски комплекс </vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Закључак </vt:lpstr>
+      <vt:lpstr>Списак литературе:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>PowerPoint prezentacija</dc:title>
-  <dc:creator>Dell</dc:creator>
+  <dc:title>Конструисање Београда као престонице по принципу Translatio Hierosolymi у време деспота Стефана Лазаревића</dc:title>
+  <dc:creator>ognjen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>