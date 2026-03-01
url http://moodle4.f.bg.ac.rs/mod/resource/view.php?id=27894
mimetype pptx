--- v0 (2026-01-13)
+++ v1 (2026-03-01)
@@ -1,584 +1,580 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId1"/>
+    <p:sldMasterId id="2147483649" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="258" r:id="rId4"/>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="260" r:id="rId6"/>
     <p:sldId id="261" r:id="rId7"/>
     <p:sldId id="262" r:id="rId8"/>
-    <p:sldId id="263" r:id="rId9"/>
-[...3 lines deleted...]
-    <p:sldId id="267" r:id="rId13"/>
   </p:sldIdLst>
-  <p:sldSz cx="18288000" cy="10287000"/>
+  <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
-  <p:embeddedFontLst>
-[...22 lines deleted...]
-  </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
-    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl1pPr algn="l" rtl="0" fontAlgn="base">
+      <a:spcBef>
+        <a:spcPct val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPct val="0"/>
+      </a:spcAft>
+      <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="+mn-cs"/>
+        <a:cs typeface="Arial" charset="0"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl2pPr marL="457200" algn="l" rtl="0" fontAlgn="base">
+      <a:spcBef>
+        <a:spcPct val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPct val="0"/>
+      </a:spcAft>
+      <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="+mn-cs"/>
+        <a:cs typeface="Arial" charset="0"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl3pPr marL="914400" algn="l" rtl="0" fontAlgn="base">
+      <a:spcBef>
+        <a:spcPct val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPct val="0"/>
+      </a:spcAft>
+      <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="+mn-cs"/>
+        <a:cs typeface="Arial" charset="0"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl4pPr marL="1371600" algn="l" rtl="0" fontAlgn="base">
+      <a:spcBef>
+        <a:spcPct val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPct val="0"/>
+      </a:spcAft>
+      <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="+mn-cs"/>
+        <a:cs typeface="Arial" charset="0"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl5pPr marL="1828800" algn="l" rtl="0" fontAlgn="base">
+      <a:spcBef>
+        <a:spcPct val="0"/>
+      </a:spcBef>
+      <a:spcAft>
+        <a:spcPct val="0"/>
+      </a:spcAft>
+      <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="+mn-cs"/>
+        <a:cs typeface="Arial" charset="0"/>
       </a:defRPr>
     </a:lvl5pPr>
     <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+      <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="+mn-cs"/>
+        <a:cs typeface="Arial" charset="0"/>
       </a:defRPr>
     </a:lvl6pPr>
     <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+      <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="+mn-cs"/>
+        <a:cs typeface="Arial" charset="0"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+      <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="+mn-cs"/>
+        <a:cs typeface="Arial" charset="0"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+      <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="+mn-lt"/>
+        <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="+mn-cs"/>
+        <a:cs typeface="Arial" charset="0"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:showPr showNarration="1">
-[...15 lines deleted...]
-  </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="15620" autoAdjust="0"/>
-    <p:restoredTop sz="94622" autoAdjust="0"/>
+    <p:restoredLeft sz="15620"/>
+    <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="71" d="100"/>
-          <a:sy n="71" d="100"/>
+          <a:sx n="108" d="100"/>
+          <a:sy n="108" d="100"/>
         </p:scale>
-        <p:origin x="636" y="84"/>
+        <p:origin x="1704" y="108"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
-  <p:outlineViewPr>
-[...7 lines deleted...]
-  </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="title" preserve="1">
   <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1"/>
+          <p:cNvPr id="12290" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="685800" y="2130425"/>
-            <a:ext cx="7772400" cy="1470025"/>
+            <a:off x="914400" y="1524000"/>
+            <a:ext cx="7623175" cy="1752600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...2 lines deleted...]
-              <a:rPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="5000"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Subtitle 2"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1"/>
+          <p:cNvPr id="12291" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1371600" y="3886200"/>
-            <a:ext cx="6400800" cy="1752600"/>
+            <a:off x="1981200" y="3962400"/>
+            <a:ext cx="6553200" cy="1752600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="ctr">
-[...92 lines deleted...]
-              <a:rPr lang="en-US"/>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Date Placeholder 3"/>
-[...56 lines deleted...]
-              <a:rPr lang="en-US" smtClean="0"/>
+          <p:cNvPr id="12292" name="Rectangle 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12293" name="Rectangle 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3124200" y="6243638"/>
+            <a:ext cx="2895600" cy="457200"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12294" name="Rectangle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{84449DE2-64D1-4C02-81EC-B81A8AFC37DA}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12295" name="Freeform 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="609600" y="1219200"/>
+            <a:ext cx="7924800" cy="914400"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="0" y="1000"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="0" y="0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="1000" y="0"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="0" t="0" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="1000" h="1000">
+                <a:moveTo>
+                  <a:pt x="0" y="1000"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1000" y="0"/>
+                </a:lnTo>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="25400" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12296" name="Line 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1981200" y="3962400"/>
+            <a:ext cx="6511925" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -650,170 +646,177 @@
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" smtClean="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{FCB5FAA5-41AC-4B18-9262-533B51209428}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Vertical Title and Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6629400" y="274638"/>
-            <a:ext cx="2057400" cy="5851525"/>
+            <a:off x="6629400" y="277813"/>
+            <a:ext cx="2057400" cy="5853112"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="274638"/>
-            <a:ext cx="6019800" cy="5851525"/>
+            <a:off x="457200" y="277813"/>
+            <a:ext cx="6019800" cy="5853112"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
@@ -825,101 +828,108 @@
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" smtClean="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{76CB1F5B-F7A4-4216-BBD4-D3DB196DB601}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -990,343 +1000,303 @@
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" smtClean="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{028D15B2-BC43-4B15-B682-EFDADBF85BB0}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Section Header">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="722313" y="4406900"/>
             <a:ext cx="7772400" cy="1362075"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="t"/>
+          <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4000" b="1" cap="all"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="722313" y="2906713"/>
             <a:ext cx="7772400" cy="1500187"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="2000"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1800">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1800"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1600">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1600"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1400"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1400"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1400"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1400"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1400"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400">
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="1400"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" smtClean="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CB4BFFED-D26E-4F46-8CF9-25515F6BFDA2}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1346,51 +1316,51 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1600200"/>
-            <a:ext cx="4038600" cy="4525963"/>
+            <a:ext cx="4038600" cy="4530725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="2400"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
@@ -1430,51 +1400,51 @@
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4648200" y="1600200"/>
-            <a:ext cx="4038600" cy="4525963"/>
+            <a:ext cx="4038600" cy="4530725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="2400"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
@@ -1514,140 +1484,152 @@
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" smtClean="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{AE6F725F-6726-4789-B588-7CAB4C34C04B}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="274638"/>
+            <a:ext cx="8229600" cy="1143000"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -1930,101 +1912,108 @@
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" smtClean="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CE306A44-1D36-4D45-A824-2E563FD3CFA0}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -2044,193 +2033,207 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" smtClean="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7DBF226C-62A9-4A32-8458-07F065021DA7}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" smtClean="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{768F29F9-F81D-4009-9F99-5C1E1F97CA3D}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -2408,101 +2411,108 @@
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" smtClean="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{BA6DF4DC-6A56-4C32-8D40-35F5EAA4D61B}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -2657,518 +2667,842 @@
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" smtClean="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{694775D6-BFDD-41A2-B7FC-D2100451A7E2}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
-      <p:bgRef idx="1001">
-[...1 lines deleted...]
-      </p:bgRef>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title Placeholder 1"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1"/>
+          <p:cNvPr id="11266" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="457200" y="274638"/>
-            <a:ext cx="8229600" cy="1143000"/>
+            <a:off x="457200" y="277813"/>
+            <a:ext cx="8229600" cy="1139825"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
-            <a:normAutofit/>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-              <a:rPr lang="en-US"/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text Placeholder 2"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1"/>
+          <p:cNvPr id="11267" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="457200" y="1600200"/>
-            <a:ext cx="8229600" cy="4525963"/>
+            <a:ext cx="8229600" cy="4530725"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
-            <a:normAutofit/>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Date Placeholder 3"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1"/>
+          <p:cNvPr id="11268" name="Rectangle 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="457200" y="6356350"/>
-            <a:ext cx="2133600" cy="365125"/>
+            <a:off x="457200" y="6243638"/>
+            <a:ext cx="2133600" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
-[...1 lines deleted...]
-            <a:lvl1pPr algn="l">
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
               <a:defRPr sz="1200">
-                <a:solidFill>
-[...3 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
-[...12 lines deleted...]
-            <a:spLocks noGrp="1"/>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11269" name="Rectangle 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3124200" y="6356350"/>
-            <a:ext cx="2895600" cy="365125"/>
+            <a:off x="3124200" y="6248400"/>
+            <a:ext cx="2895600" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="1200">
-                <a:solidFill>
-[...3 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
-[...7 lines deleted...]
-            <a:spLocks noGrp="1"/>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11270" name="Rectangle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6553200" y="6356350"/>
-            <a:ext cx="2133600" cy="365125"/>
+            <a:off x="6553200" y="6243638"/>
+            <a:ext cx="2133600" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
-                <a:solidFill>
-[...3 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
+            <a:fld id="{9C637B7A-8CFF-49CC-AA04-B68314ABDB37}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11271" name="Freeform 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="381000" y="228600"/>
+            <a:ext cx="8229600" cy="609600"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="0" y="1000"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="0" y="0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="1000" y="0"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="0" t="0" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="1000" h="1000">
+                <a:moveTo>
+                  <a:pt x="0" y="1000"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1000" y="0"/>
+                </a:lnTo>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="19050" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11272" name="Line 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeShapeType="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="457200" y="6172200"/>
+            <a:ext cx="8229600" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483649" r:id="rId1"/>
-[...9 lines deleted...]
-    <p:sldLayoutId id="2147483659" r:id="rId11"/>
+    <p:sldLayoutId id="2147483650" r:id="rId1"/>
+    <p:sldLayoutId id="2147483651" r:id="rId2"/>
+    <p:sldLayoutId id="2147483652" r:id="rId3"/>
+    <p:sldLayoutId id="2147483653" r:id="rId4"/>
+    <p:sldLayoutId id="2147483654" r:id="rId5"/>
+    <p:sldLayoutId id="2147483655" r:id="rId6"/>
+    <p:sldLayoutId id="2147483656" r:id="rId7"/>
+    <p:sldLayoutId id="2147483657" r:id="rId8"/>
+    <p:sldLayoutId id="2147483658" r:id="rId9"/>
+    <p:sldLayoutId id="2147483659" r:id="rId10"/>
+    <p:sldLayoutId id="2147483660" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr algn="l" rtl="0" fontAlgn="base">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
-        <a:buNone/>
-        <a:defRPr sz="4400" kern="1200">
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr sz="4200">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
+      <a:lvl2pPr algn="l" rtl="0" fontAlgn="base">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr sz="4200">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Garamond" pitchFamily="18" charset="0"/>
+          <a:cs typeface="Arial" charset="0"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr algn="l" rtl="0" fontAlgn="base">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr sz="4200">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Garamond" pitchFamily="18" charset="0"/>
+          <a:cs typeface="Arial" charset="0"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr algn="l" rtl="0" fontAlgn="base">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr sz="4200">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Garamond" pitchFamily="18" charset="0"/>
+          <a:cs typeface="Arial" charset="0"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr algn="l" rtl="0" fontAlgn="base">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr sz="4200">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Garamond" pitchFamily="18" charset="0"/>
+          <a:cs typeface="Arial" charset="0"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="457200" algn="l" rtl="0" fontAlgn="base">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr sz="4200">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Garamond" pitchFamily="18" charset="0"/>
+          <a:cs typeface="Arial" charset="0"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="914400" algn="l" rtl="0" fontAlgn="base">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr sz="4200">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Garamond" pitchFamily="18" charset="0"/>
+          <a:cs typeface="Arial" charset="0"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="1371600" algn="l" rtl="0" fontAlgn="base">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr sz="4200">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Garamond" pitchFamily="18" charset="0"/>
+          <a:cs typeface="Arial" charset="0"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="1828800" algn="l" rtl="0" fontAlgn="base">
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:defRPr sz="4200">
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:latin typeface="Garamond" pitchFamily="18" charset="0"/>
+          <a:cs typeface="Arial" charset="0"/>
+        </a:defRPr>
+      </a:lvl9pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="342900" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr marL="342900" indent="-342900" algn="l" rtl="0" fontAlgn="base">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="3200" kern="1200">
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="65000"/>
+        <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+        <a:buChar char="n"/>
+        <a:defRPr sz="3000">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="742950" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl2pPr marL="669925" indent="-325438" algn="l" rtl="0" fontAlgn="base">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2800" kern="1200">
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent2"/>
+        </a:buClr>
+        <a:buSzPct val="60000"/>
+        <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+        <a:buChar char="q"/>
+        <a:defRPr sz="2600">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl3pPr marL="1022350" indent="-350838" algn="l" rtl="0" fontAlgn="base">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2400" kern="1200">
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="65000"/>
+        <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+        <a:buChar char="n"/>
+        <a:defRPr sz="2200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl4pPr marL="1339850" indent="-315913" algn="l" rtl="0" fontAlgn="base">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent2"/>
+        </a:buClr>
+        <a:buSzPct val="70000"/>
+        <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+        <a:buChar char="q"/>
+        <a:defRPr sz="2000">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl5pPr marL="1681163" indent="-339725" algn="l" rtl="0" fontAlgn="base">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="75000"/>
+        <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+        <a:buChar char="§"/>
+        <a:defRPr sz="2000">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl6pPr marL="2138363" indent="-339725" algn="l" rtl="0" fontAlgn="base">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="75000"/>
+        <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+        <a:buChar char="§"/>
+        <a:defRPr sz="2000">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marL="2595563" indent="-339725" algn="l" rtl="0" fontAlgn="base">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="75000"/>
+        <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+        <a:buChar char="§"/>
+        <a:defRPr sz="2000">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marL="3052763" indent="-339725" algn="l" rtl="0" fontAlgn="base">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="75000"/>
+        <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+        <a:buChar char="§"/>
+        <a:defRPr sz="2000">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marL="3509963" indent="-339725" algn="l" rtl="0" fontAlgn="base">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:spcAft>
+          <a:spcPct val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="75000"/>
+        <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+        <a:buChar char="§"/>
+        <a:defRPr sz="2000">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
-          <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr>
         <a:defRPr lang="en-US"/>
       </a:defPPr>
       <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
       <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
@@ -3229,20622 +3563,806 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:grpSp>
-[...483 lines deleted...]
-          </a:bodyPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4098" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...47 lines deleted...]
-          </a:bodyPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="4600"/>
+              <a:t>Uputstvo</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-CS" sz="4600"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="4600"/>
+              <a:t>za pisanje ispitnog rada </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-CS" sz="4600"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="4600"/>
+              <a:t>iz sociologije omladine</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4600"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4099" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...179 lines deleted...]
-            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" dirty="0"/>
+              <a:t>Smiljka Tomanović</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Dragan Stanojević</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="TextBox 2"/>
-[...15 lines deleted...]
-          </a:bodyPr>
+          <p:cNvPr id="5122" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...1559 lines deleted...]
-          </a:bodyPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Mora</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5123" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...12 lines deleted...]
-            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Da problemski tretira neku pojavu </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>na osnovu više izvora relevantne literature</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Ne manje od 3000 reči</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Da ima tri jasne celine: uvod, analiza i zaključak</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Pravilno navedene izvore u tekstu i spisak referenci na kraju (zadnje unutrašnje korice časopisa “Sociologija”)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="6146" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Uvod</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6147" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9144000" y="-641932"/>
-            <a:ext cx="11570864" cy="11570864"/>
+            <a:off x="457200" y="1447800"/>
+            <a:ext cx="8229600" cy="4525963"/>
           </a:xfrm>
-          <a:custGeom>
-[...38 lines deleted...]
-          </a:blipFill>
         </p:spPr>
-      </p:sp>
-[...18 lines deleted...]
-          </a:bodyPr>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just">
-[...2366 lines deleted...]
-            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2500"/>
+              <a:t>Šta je predmet rada, analize?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2500"/>
+              <a:t>Zašto je ta pojava relevantna za sociologiju omladine? Šta govori o položaju/konceptu/odlikama mladih?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2500"/>
+              <a:t>Koji se teorijski pristup SO može primeniti u analizi?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2500"/>
+              <a:t>Koji su koncepti SO relevantni? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2500"/>
+              <a:t>Eventualno: koji su metodološki pristupi, postupci relevantni</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2500"/>
+              <a:t>Cilj/evi analize? Šta želim da pokažem ovim radom?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2500"/>
+              <a:t>Eventualno: pretpostavka/ke</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2500"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="TextBox 2"/>
-[...15 lines deleted...]
-          </a:bodyPr>
+          <p:cNvPr id="7170" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...1903 lines deleted...]
-          </a:bodyPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Analiza</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7171" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...12 lines deleted...]
-            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Analiza predmeta istraživanja po dimenzijama koje proističu iz postavljenog predmeta i cilja/eva (a ne sukcesivno prepričavanje literature)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Problemsko promišljanje predmeta analize (a ne deskripcija rezultata drugih istraživanja)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...68 lines deleted...]
-          </a:bodyPr>
+          <p:cNvPr id="8194" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...1550 lines deleted...]
-            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Zaključak</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8195" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>U odnosu na u uvodu postavljene ciljeve i pretpostavke, a koristeći navedene koncepte sumirati rezultate analize</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Dati vlastito mišljenje</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Naglasiti šta, čime, kako SO može da pomogne proučavanju, razumevanju ... pojave i/ili rešavanju problema</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="TextBox 2"/>
-[...15 lines deleted...]
-          </a:bodyPr>
+          <p:cNvPr id="9218" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...962 lines deleted...]
-          </a:bodyPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Postupak</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9219" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...12 lines deleted...]
-            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Dve nedelje pre zakazanog termina ispita poslati radnu verziju ispitnog rada odabranom mentoru </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>nedelju dana </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>pre ispita na konsultacije doneti odštampanu ispravljenu verziju rada</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Na ispitu se odgovara na pitanja koja povezuju ispitni rad sa ukupnom tematikom kursa i obaveznom literaturom</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="TextBox 2"/>
-[...15 lines deleted...]
-          </a:bodyPr>
+          <p:cNvPr id="14338" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just">
-[...37 lines deleted...]
-              </a:rPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>Ocenjivanje na kursu SO</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14339" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>maksimalno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>20 poena se dobija za rad na času; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>p</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>rezentovano proseminarsko izlaganje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>se ocenjuje od 5 do 10 poena</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2899" dirty="0" err="1">
-[...10770 lines deleted...]
-              <a:t>Identitet i subjektivitet: biografizacija dejstvenosti</a:t>
+              <a:rPr lang="en-US"/>
+              <a:t>a u</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>č</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>estvovanje u diskusiji od 1 do 20 poena</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>pisani rad se ocenjuje od 21 do 40 poena </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>usmeni ispit se ocenjuje od 21 do 40 poena </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>21-25 ocena 6; 26-29 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>=</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t>7</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>; 30-32 = 8; 33-36 =9; 37-40 = 10.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Edge">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Edge 7">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="006633"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="5F5F5F"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="CC9900"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="3B812F"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="000000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="E2CAAA"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="35742A"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="996600"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="AFBF39"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Edge">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Garamond"/>
         <a:ea typeface=""/>
-        <a:cs typeface=""/>
-[...28 lines deleted...]
-        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:cs typeface="Arial"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Arial"/>
         <a:ea typeface=""/>
-        <a:cs typeface=""/>
-[...28 lines deleted...]
-        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:cs typeface="Arial"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -23971,104 +4489,476 @@
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
+  <a:extraClrSchemeLst>
+    <a:extraClrScheme>
+      <a:clrScheme name="Edge 1">
+        <a:dk1>
+          <a:srgbClr val="333333"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="820000"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="FF9900"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="CC3300"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="C1AAAA"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="DADADA"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="FFCAAA"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="B92D00"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="808080"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="666633"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="dk2" tx1="lt1" bg2="dk1" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="Edge 2">
+        <a:dk1>
+          <a:srgbClr val="333333"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="CCCCFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="0B0506"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="3366CC"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="3333CC"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="AAAAAA"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="AEAEDA"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="ADB8E2"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="2D2DB9"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="808080"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="666633"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="dk2" tx1="lt1" bg2="dk1" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="Edge 3">
+        <a:dk1>
+          <a:srgbClr val="333333"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="221013"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="CC3300"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="CC9900"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="ABAAAA"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="DADADA"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="E2ADAA"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="B98A00"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="808080"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="666633"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="dk2" tx1="lt1" bg2="dk1" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="Edge 4">
+        <a:dk1>
+          <a:srgbClr val="11054B"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="0000CC"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="FF6600"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="FF3300"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="AAAAE2"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="DADADA"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="FFB8AA"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="E72D00"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="CC9900"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="B2B2B2"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="dk2" tx1="lt1" bg2="dk1" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="Edge 5">
+        <a:dk1>
+          <a:srgbClr val="9B8D65"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="F8F8F8"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="002600"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="FAFACC"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="CC9933"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="8F9967"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="AAACAA"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="D4D4D4"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="E2CAAD"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="818A5D"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="336600"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="808000"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="dk2" tx1="lt1" bg2="dk1" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="Edge 6">
+        <a:dk1>
+          <a:srgbClr val="333333"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="006699"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="CC9900"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="FF9900"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="AAB8CA"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="DADADA"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="E2CAAA"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="E78A00"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="FFCC00"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="706F37"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="dk2" tx1="lt1" bg2="dk1" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="Edge 7">
+        <a:dk1>
+          <a:srgbClr val="000000"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="006633"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="5F5F5F"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="CC9900"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="3B812F"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="FFFFFF"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="000000"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="E2CAAA"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="35742A"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="996600"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="AFBF39"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="Edge 8">
+        <a:dk1>
+          <a:srgbClr val="000000"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="CC0000"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="666699"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="808080"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="999933"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="FFFFFF"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="000000"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="C0C0C0"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="8A8A2D"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="4C6D80"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="B2B2B2"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+    <a:extraClrScheme>
+      <a:clrScheme name="Edge 9">
+        <a:dk1>
+          <a:srgbClr val="000000"/>
+        </a:dk1>
+        <a:lt1>
+          <a:srgbClr val="FFFFFF"/>
+        </a:lt1>
+        <a:dk2>
+          <a:srgbClr val="003399"/>
+        </a:dk2>
+        <a:lt2>
+          <a:srgbClr val="666699"/>
+        </a:lt2>
+        <a:accent1>
+          <a:srgbClr val="009999"/>
+        </a:accent1>
+        <a:accent2>
+          <a:srgbClr val="4C6D4E"/>
+        </a:accent2>
+        <a:accent3>
+          <a:srgbClr val="FFFFFF"/>
+        </a:accent3>
+        <a:accent4>
+          <a:srgbClr val="000000"/>
+        </a:accent4>
+        <a:accent5>
+          <a:srgbClr val="AACACA"/>
+        </a:accent5>
+        <a:accent6>
+          <a:srgbClr val="446246"/>
+        </a:accent6>
+        <a:hlink>
+          <a:srgbClr val="4C6D80"/>
+        </a:hlink>
+        <a:folHlink>
+          <a:srgbClr val="B2B2B2"/>
+        </a:folHlink>
+      </a:clrScheme>
+      <a:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+    </a:extraClrScheme>
+  </a:extraClrSchemeLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Edge</Template>
   <TotalTime></TotalTime>
-  <Words>1387</Words>
+  <Words>321</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Custom</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>12</Slides>
+  <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
+  <Paragraphs>33</Paragraphs>
+  <Slides>7</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>12</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="18" baseType="lpstr">
-[...3 lines deleted...]
-      <vt:lpstr>Montserrat Medium Italics</vt:lpstr>
+    <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>Office Theme</vt:lpstr>
-[...11 lines deleted...]
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Garamond</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
+      <vt:lpstr>Edge</vt:lpstr>
+      <vt:lpstr>Uputstvo za pisanje ispitnog rada  iz sociologije omladine</vt:lpstr>
+      <vt:lpstr>Mora</vt:lpstr>
+      <vt:lpstr>Uvod</vt:lpstr>
+      <vt:lpstr>Analiza</vt:lpstr>
+      <vt:lpstr>Zaključak</vt:lpstr>
+      <vt:lpstr>Postupak</vt:lpstr>
+      <vt:lpstr>Ocenjivanje na kursu SO</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Colorful Minimalist Digital Marketing Presentation</dc:title>
-  <dc:creator>Dell</dc:creator>
+  <dc:title>PowerPoint Presentation</dc:title>
+  <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:identifier>DAGCB_uJ3-U</dc:identifier>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Version">
+    <vt:i4>1</vt:i4>
+  </property>
+</Properties>
+</file>