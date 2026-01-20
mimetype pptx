--- v0 (2025-12-04)
+++ v1 (2026-01-20)
@@ -1,108 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...20 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...10 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
-  <p:notesMasterIdLst>
-[...1 lines deleted...]
-  </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="257" r:id="rId2"/>
-[...18 lines deleted...]
-    <p:sldId id="276" r:id="rId21"/>
+    <p:sldId id="256" r:id="rId2"/>
+    <p:sldId id="257" r:id="rId3"/>
+    <p:sldId id="264" r:id="rId4"/>
+    <p:sldId id="262" r:id="rId5"/>
+    <p:sldId id="260" r:id="rId6"/>
+    <p:sldId id="263" r:id="rId7"/>
+    <p:sldId id="259" r:id="rId8"/>
+    <p:sldId id="265" r:id="rId9"/>
+    <p:sldId id="258" r:id="rId10"/>
+    <p:sldId id="261" r:id="rId11"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -157,450 +132,125 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
+  <p:extLst>
+    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2880">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main"/>
+<p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:extLst>
+    <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+    </p:ext>
+    <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+    </p:ext>
+    <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
+    </p:ext>
+  </p:extLst>
+</p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
-  <p:normalViewPr showOutlineIcons="0">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="86" d="100"/>
-          <a:sy n="86" d="100"/>
+          <a:sx n="108" d="100"/>
+          <a:sy n="108" d="100"/>
         </p:scale>
-        <p:origin x="-1080" y="-90"/>
+        <p:origin x="1704" y="108"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="78028800" cy="78028800"/>
+  <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
-[...352 lines deleted...]
-</p:notesMaster>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -641,54 +291,53 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="2130425"/>
             <a:ext cx="7772400" cy="1470025"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="3886200"/>
             <a:ext cx="6400800" cy="1752600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
@@ -760,283 +409,280 @@
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{42883727-8A63-48EB-9CF4-84FDD045EDFE}" type="datetimeFigureOut">
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>4/15/2020</a:t>
+              <a:t>3/28/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3273B991-C365-4A8C-99BB-735F3E244BEF}" type="slidenum">
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{42883727-8A63-48EB-9CF4-84FDD045EDFE}" type="datetimeFigureOut">
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>4/15/2020</a:t>
+              <a:t>3/28/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3273B991-C365-4A8C-99BB-735F3E244BEF}" type="slidenum">
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Vertical Title and Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -1047,340 +693,336 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6629400" y="274638"/>
             <a:ext cx="2057400" cy="5851525"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="6019800" cy="5851525"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{42883727-8A63-48EB-9CF4-84FDD045EDFE}" type="datetimeFigureOut">
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>4/15/2020</a:t>
+              <a:t>3/28/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3273B991-C365-4A8C-99BB-735F3E244BEF}" type="slidenum">
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{42883727-8A63-48EB-9CF4-84FDD045EDFE}" type="datetimeFigureOut">
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>4/15/2020</a:t>
+              <a:t>3/28/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3273B991-C365-4A8C-99BB-735F3E244BEF}" type="slidenum">
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Section Header">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -1395,54 +1037,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="722313" y="4406900"/>
             <a:ext cx="7772400" cy="1362075"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4000" b="1" cap="all"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="722313" y="2906713"/>
             <a:ext cx="7772400" cy="1500187"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000">
@@ -1515,168 +1156,167 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{42883727-8A63-48EB-9CF4-84FDD045EDFE}" type="datetimeFigureOut">
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>4/15/2020</a:t>
+              <a:t>3/28/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3273B991-C365-4A8C-99BB-735F3E244BEF}" type="slidenum">
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1600200"/>
             <a:ext cx="4038600" cy="4525963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
@@ -1686,82 +1326,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1800"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4648200" y="1600200"/>
             <a:ext cx="4038600" cy="4525963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
@@ -1771,144 +1410,143 @@
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1800"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{42883727-8A63-48EB-9CF4-84FDD045EDFE}" type="datetimeFigureOut">
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>4/15/2020</a:t>
+              <a:t>3/28/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3273B991-C365-4A8C-99BB-735F3E244BEF}" type="slidenum">
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -1918,54 +1556,53 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1535113"/>
             <a:ext cx="4040188" cy="639762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
@@ -1984,51 +1621,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="2174875"/>
             <a:ext cx="4040188" cy="3951288"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -2040,82 +1677,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4645025" y="1535113"/>
             <a:ext cx="4041775" cy="639762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
@@ -2134,51 +1770,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4645025" y="2174875"/>
             <a:ext cx="4041775" cy="3951288"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -2190,351 +1826,349 @@
             <a:lvl3pPr>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{42883727-8A63-48EB-9CF4-84FDD045EDFE}" type="datetimeFigureOut">
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>4/15/2020</a:t>
+              <a:t>3/28/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3273B991-C365-4A8C-99BB-735F3E244BEF}" type="slidenum">
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{42883727-8A63-48EB-9CF4-84FDD045EDFE}" type="datetimeFigureOut">
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>4/15/2020</a:t>
+              <a:t>3/28/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3273B991-C365-4A8C-99BB-735F3E244BEF}" type="slidenum">
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{42883727-8A63-48EB-9CF4-84FDD045EDFE}" type="datetimeFigureOut">
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>4/15/2020</a:t>
+              <a:t>3/28/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3273B991-C365-4A8C-99BB-735F3E244BEF}" type="slidenum">
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -2549,54 +2183,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="273050"/>
             <a:ext cx="3008313" cy="1162050"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3575050" y="273050"/>
             <a:ext cx="5111750" cy="5853113"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
@@ -2606,82 +2239,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1435100"/>
             <a:ext cx="3008313" cy="4691063"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
@@ -2700,115 +2332,115 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{42883727-8A63-48EB-9CF4-84FDD045EDFE}" type="datetimeFigureOut">
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>4/15/2020</a:t>
+              <a:t>3/28/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3273B991-C365-4A8C-99BB-735F3E244BEF}" type="slidenum">
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -2823,54 +2455,53 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1792288" y="4800600"/>
             <a:ext cx="5486400" cy="566738"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1792288" y="612775"/>
             <a:ext cx="5486400" cy="4114800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="3200"/>
@@ -2950,289 +2581,287 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{42883727-8A63-48EB-9CF4-84FDD045EDFE}" type="datetimeFigureOut">
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>4/15/2020</a:t>
+              <a:t>3/28/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{3273B991-C365-4A8C-99BB-735F3E244BEF}" type="slidenum">
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
-      <p:bgRef idx="1001">
-        <a:schemeClr val="bg1"/>
+      <p:bgRef idx="1003">
+        <a:schemeClr val="bg2"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="274638"/>
             <a:ext cx="8229600" cy="1143000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1600200"/>
             <a:ext cx="8229600" cy="4525963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="6356350"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{42883727-8A63-48EB-9CF4-84FDD045EDFE}" type="datetimeFigureOut">
+            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>4/15/2020</a:t>
+              <a:t>3/28/2022</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3124200" y="6356350"/>
             <a:ext cx="2895600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3264,51 +2893,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6553200" y="6356350"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{3273B991-C365-4A8C-99BB-735F3E244BEF}" type="slidenum">
+            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483651" r:id="rId3"/>
     <p:sldLayoutId id="2147483652" r:id="rId4"/>
     <p:sldLayoutId id="2147483653" r:id="rId5"/>
     <p:sldLayoutId id="2147483654" r:id="rId6"/>
     <p:sldLayoutId id="2147483655" r:id="rId7"/>
     <p:sldLayoutId id="2147483656" r:id="rId8"/>
     <p:sldLayoutId id="2147483657" r:id="rId9"/>
     <p:sldLayoutId id="2147483658" r:id="rId10"/>
     <p:sldLayoutId id="2147483659" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
@@ -3543,4178 +3172,3084 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...66 lines deleted...]
-
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="74754" name="Title 1"/>
-[...12 lines deleted...]
-        </p:spPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Rano roditeljstvo u Srbiji.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Multidimenzionalni pristup </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>životnog toka</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS"/>
-[...36 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="sr-Latn-RS"/>
+              <a:t>Smiljka Tomanović</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4016618554"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...14 lines deleted...]
-        <p:spPr bwMode="auto">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26626" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1"/>
+              <a:t>Metod</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26627" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="2395538" y="0"/>
-            <a:ext cx="6748462" cy="6858000"/>
+            <a:off x="457200" y="1524000"/>
+            <a:ext cx="8229600" cy="4525963"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...8 lines deleted...]
-          </a:ln>
         </p:spPr>
-      </p:pic>
-[...23 lines deleted...]
-        </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:spAutoFit/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="r"/>
-[...106 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" dirty="0" err="1"/>
+              <a:t>triangulacija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" dirty="0"/>
+              <a:t> i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3800" dirty="0"/>
+              <a:t>z</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" dirty="0" err="1"/>
+              <a:t>vora</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" sz="3800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3800" dirty="0"/>
+              <a:t>triangulacija analiza</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3800" dirty="0"/>
+              <a:t>kombinacija kvantitativnog i kvalitativnog metoda (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3800" i="1" dirty="0"/>
+              <a:t>mixed methods</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3800" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3800" dirty="0"/>
+              <a:t>analiza narativa kroz pristup </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3800" i="1" dirty="0"/>
+              <a:t>zasnovane teorije </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3800" dirty="0"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3800" i="1" dirty="0"/>
+              <a:t>grounded theory</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3800" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3800" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-  </p:cSld>
-[...1951 lines deleted...]
-    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1507374080"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" idx="4294967295"/>
-[...7 lines deleted...]
-        </p:spPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Projekat</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="90000"/>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" sz="4000" dirty="0"/>
-[...25 lines deleted...]
-            <a:pPr>
+            <a:pPr marL="0" lvl="0" indent="457200" algn="just">
               <a:lnSpc>
-                <a:spcPct val="120000"/>
+                <a:spcPct val="115000"/>
               </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="1800" b="1" dirty="0"/>
-[...21 lines deleted...]
-            <a:pPr>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Projekat </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izazovi nove društvene integracije u Srbiji: koncepti i akteri </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(ev. broj 179035) koji finansira Ministarstvo prosvete, nauke i tehnološkog razvoja Republike Srbije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="457200" algn="just">
               <a:lnSpc>
-                <a:spcPct val="120000"/>
+                <a:spcPct val="115000"/>
               </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" sz="1800" dirty="0"/>
-[...173 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Uz finansijsku podršku </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Regionalnog programa podrške istraživanjima u oblasti društvenih istraživanja na Zapadnom Balkanu </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(RRPP), koji vodi Univerzitet u Friburu uz finansijsku podršku Švajcarske agencije za razvoj i saradnju (SDC).</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:prstClr val="black"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-  </p:cSld>
-[...103 lines deleted...]
-    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="786291703"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...57 lines deleted...]
-            <a:spAutoFit/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC505C19-F5FE-44F0-9A52-AC9F963CDD3B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Podsticaj i pristup</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A6549FB-1C25-497C-8EFE-4A4D6995D27D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="r"/>
-[...224 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>Ideološka opterećenost diskursa o porodici i rađanju</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>Pristup prelasku u roditeljstvo i ranom roditeljstvu kao multidimenzionalnim relacionim fenomenima</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" dirty="0"/>
+              <a:t>Povezivanje dva pristupa: interdisciplinarnog pristupa </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" i="1" dirty="0"/>
+              <a:t>životnog toka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" dirty="0"/>
+              <a:t> i sociološkog pristupa </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" i="1" dirty="0"/>
+              <a:t>strukturisane individualizacije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="137522575"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...57 lines deleted...]
-            <a:spAutoFit/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16386" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-CS" dirty="0" smtClean="0">
-[...113 lines deleted...]
-            <a:spAutoFit/>
+              <a:rPr lang="sr-Latn-CS" sz="4000" i="1"/>
+              <a:t>Pristup</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="4000"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="4000" i="1"/>
+              <a:t>životnog toka </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="sr-Latn-CS" sz="4000" i="1"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="4000"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="4000" i="1"/>
+              <a:t>life-course</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="4000" b="1" i="1"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="4000"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16387" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...8 lines deleted...]
-              </a:rPr>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="3000" b="1" i="1"/>
+              <a:t>Tranzicija </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="3000" b="1" i="1"/>
+              <a:t>Životni događaji</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000" b="1" i="1"/>
+              <a:t>Istorijsko</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000" i="1"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0">
-[...18 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="sr-Latn-CS" sz="3000"/>
+              <a:t>i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000" b="1" i="1"/>
+              <a:t>socijalno vreme</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="3000" b="1" i="1"/>
+              <a:t>Putanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="3000" b="1"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="3000"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="3000" i="1"/>
+              <a:t>trajektorije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="3000"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000"/>
+              <a:t>(Elder, 1985)</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="3000"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000" b="1" i="1"/>
+              <a:t>Tranzicija u odraslost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000"/>
+              <a:t> (Galland, 2003; Iacovu, 2002).</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" sz="3000"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000" b="1" i="1"/>
+              <a:t>Tranzicioni režimi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000" i="1"/>
+              <a:t> – poretci </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000" i="1"/>
+              <a:t>transitional</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000" i="1"/>
+              <a:t>regimes </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000"/>
+              <a:t>- Walter, 2006; Walter </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000" i="1"/>
+              <a:t>et al.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000"/>
+              <a:t>, 2009)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" sz="3000"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000" b="1" i="1"/>
+              <a:t>Rodni poredak</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000" i="1"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000" i="1"/>
+              <a:t>gender regime</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000"/>
+              <a:t>(Walby, 2004)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000" b="1" i="1"/>
+              <a:t>Tranzicija u roditeljstvo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000"/>
+              <a:t> (Du Bois Reymond </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000" i="1"/>
+              <a:t>et al.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000"/>
+              <a:t> 2008; Nielsen, Brannen, Lewis, 2013</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3000"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-CS" sz="3000"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="3000"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2687915086"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...14 lines deleted...]
-        <p:spPr bwMode="auto">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19458" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" i="1"/>
+              <a:t>Strukturisana individualizacija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19459" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="1066800" y="685800"/>
-            <a:ext cx="7043738" cy="5867400"/>
+            <a:off x="533400" y="1600200"/>
+            <a:ext cx="8229600" cy="4525963"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...8 lines deleted...]
-          </a:ln>
         </p:spPr>
-      </p:pic>
-[...23 lines deleted...]
-        </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:spAutoFit/>
+            <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...20 lines deleted...]
-              </a:rPr>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
+              <a:t>Tranzicija u roditeljstvo i roditeljstvo kao delovi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0"/>
+              <a:t>socijalne biografije </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
+              <a:t>pojedinca (Tomanović, 2010; 2012)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
+              <a:t>Povezuju se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0"/>
+              <a:t>strukture i kulture </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
+              <a:t>roditeljstva: strukturalni i normativni okviri postajanja roditeljem sa </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0"/>
+              <a:t>društveno omeđenim delanjem </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0"/>
+              <a:t>socially bounded agency - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
+              <a:t>Evans, 2002)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:r>
-[...25 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0"/>
+              <a:t>I</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
+              <a:t> struktura </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" i="1" dirty="0"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0"/>
+              <a:t> delanje kao kontinuum: analizira se kako mlada osoba objašnjava situaciju (strukture) i preuzima odgovornost (delanje)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1875895764"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...58 lines deleted...]
-          </a:bodyPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20482" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...54 lines deleted...]
-          <p:nvPr/>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" i="1"/>
+              <a:t>Porodične prakse i prikazivanje</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" i="1"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20483" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4648200" y="152400"/>
-            <a:ext cx="4114800" cy="646331"/>
+            <a:off x="533400" y="2133600"/>
+            <a:ext cx="8229600" cy="4525963"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...20 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3600" i="1"/>
+              <a:t>Porodične prakse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3600"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3600" i="1"/>
+              <a:t>family practices - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3600"/>
+              <a:t>Morgan, 1996; 1999; 2011) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3600" i="1"/>
+              <a:t>Prikazivanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3600"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3600" i="1"/>
+              <a:t>displaying</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3600"/>
+              <a:t> - Finch, 2007; Dermott, Seymour, 2011)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-CS" sz="3600"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3600"/>
+              <a:t>Određenje roditeljstva kao </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="3600" b="1"/>
+              <a:t>relacionog koncepta</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600"/>
+              <a:t> </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1137224083"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...4 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18446" name="Rectangle 14"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
           <p:nvPr/>
-        </p:nvPicPr>
-[...6 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1143000" y="685800"/>
-            <a:ext cx="7180263" cy="5715000"/>
+            <a:off x="0" y="685800"/>
+            <a:ext cx="9144000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="9525">
+          <a:ln>
             <a:noFill/>
-            <a:miter lim="800000"/>
-[...1 lines deleted...]
-            <a:tailEnd/>
           </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
-      </p:pic>
-[...25 lines deleted...]
-          <a:bodyPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...109 lines deleted...]
-              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            <a:pPr fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="18436" name="Group 4"/>
+          <p:cNvGrpSpPr>
+            <a:grpSpLocks noChangeAspect="1"/>
+          </p:cNvGrpSpPr>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="-25400"/>
+            <a:ext cx="8610600" cy="7175500"/>
+            <a:chOff x="2524" y="-296"/>
+            <a:chExt cx="7200" cy="7406"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18445" name="AutoShape 13"/>
+            <p:cNvSpPr>
+              <a:spLocks noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="2524" y="-296"/>
+              <a:ext cx="7200" cy="7406"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+            </a:extLst>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:endParaRPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18444" name="Text Box 12"/>
+            <p:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="3274" y="-296"/>
+              <a:ext cx="5700" cy="1389"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="FFFFFF"/>
+            </a:solidFill>
+            <a:ln w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle>
+              <a:lvl1pPr indent="228600">
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl1pPr>
+              <a:lvl2pPr>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl2pPr>
+              <a:lvl3pPr>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl3pPr>
+              <a:lvl4pPr>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl4pPr>
+              <a:lvl5pPr>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl5pPr>
+              <a:lvl6pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl6pPr>
+              <a:lvl7pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl7pPr>
+              <a:lvl8pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl8pPr>
+              <a:lvl9pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl9pPr>
+            </a:lstStyle>
+            <a:p>
+              <a:pPr algn="ctr" fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1600" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Istorijsko vreme</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr" fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1400" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Kulture roditeljstva</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>:	</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1400" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Strukture roditeljstva</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>:</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="just" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Normativni obrasci i modeli 	                                    Strukture tržišta rada</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="just" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>(normativni rodni poredak)	         	     Uravnoteženje rada i porodice </a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="just" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>				                           (WFB)</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18443" name="Text Box 11"/>
+            <p:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="2824" y="2173"/>
+              <a:ext cx="2550" cy="1234"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="FFFFFF"/>
+            </a:solidFill>
+            <a:ln w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle>
+              <a:lvl1pPr indent="228600">
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl1pPr>
+              <a:lvl2pPr>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl2pPr>
+              <a:lvl3pPr>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl3pPr>
+              <a:lvl4pPr>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl4pPr>
+              <a:lvl5pPr>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl5pPr>
+              <a:lvl6pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl6pPr>
+              <a:lvl7pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl7pPr>
+              <a:lvl8pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl8pPr>
+              <a:lvl9pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl9pPr>
+            </a:lstStyle>
+            <a:p>
+              <a:pPr algn="just" fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1400" b="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Institucionalni okvir:</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="just" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1400">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Pravna regulacija</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="just" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1400">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Mehanizmi podrške – </a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1400">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>mere praktične politike</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18442" name="Text Box 10"/>
+            <p:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="6724" y="2173"/>
+              <a:ext cx="2700" cy="1543"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="FFFFFF"/>
+            </a:solidFill>
+            <a:ln w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle>
+              <a:lvl1pPr indent="228600">
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl1pPr>
+              <a:lvl2pPr>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl2pPr>
+              <a:lvl3pPr>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl3pPr>
+              <a:lvl4pPr>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl4pPr>
+              <a:lvl5pPr>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl5pPr>
+              <a:lvl6pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl6pPr>
+              <a:lvl7pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl7pPr>
+              <a:lvl8pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl8pPr>
+              <a:lvl9pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl9pPr>
+            </a:lstStyle>
+            <a:p>
+              <a:pPr algn="ctr" fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1400" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Agregatni nivo:</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1300" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Stavovi i norme</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1300" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Rodne putanje</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1300" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>tranzicije u roditeljstvo</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1300" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Resursi</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1300" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Strategije</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18441" name="Line 9"/>
+            <p:cNvSpPr>
+              <a:spLocks noChangeShapeType="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm flipH="1">
+              <a:off x="4624" y="1247"/>
+              <a:ext cx="1500" cy="771"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:round/>
+              <a:headEnd/>
+              <a:tailEnd type="triangle" w="med" len="med"/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:noFill/>
+                </a14:hiddenFill>
+              </a:ext>
+            </a:extLst>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:endParaRPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18440" name="Line 8"/>
+            <p:cNvSpPr>
+              <a:spLocks noChangeShapeType="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="6124" y="1247"/>
+              <a:ext cx="1200" cy="772"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:round/>
+              <a:headEnd/>
+              <a:tailEnd type="triangle" w="med" len="med"/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:noFill/>
+                </a14:hiddenFill>
+              </a:ext>
+            </a:extLst>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:endParaRPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18439" name="Line 7"/>
+            <p:cNvSpPr>
+              <a:spLocks noChangeShapeType="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="5374" y="2944"/>
+              <a:ext cx="1350" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:round/>
+              <a:headEnd/>
+              <a:tailEnd type="triangle" w="med" len="med"/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:noFill/>
+                </a14:hiddenFill>
+              </a:ext>
+            </a:extLst>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:endParaRPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18438" name="Line 6"/>
+            <p:cNvSpPr>
+              <a:spLocks noChangeShapeType="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm flipH="1">
+              <a:off x="6274" y="3716"/>
+              <a:ext cx="1950" cy="925"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:round/>
+              <a:headEnd/>
+              <a:tailEnd type="triangle" w="med" len="med"/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a:noFill/>
+                </a14:hiddenFill>
+              </a:ext>
+            </a:extLst>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:endParaRPr lang="en-US">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18437" name="Text Box 5"/>
+            <p:cNvSpPr txBox="1">
+              <a:spLocks noChangeArrowheads="1"/>
+            </p:cNvSpPr>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="4924" y="4641"/>
+              <a:ext cx="2250" cy="2046"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:srgbClr val="FFFFFF"/>
+            </a:solidFill>
+            <a:ln w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle>
+              <a:lvl1pPr indent="228600">
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl1pPr>
+              <a:lvl2pPr>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl2pPr>
+              <a:lvl3pPr>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl3pPr>
+              <a:lvl4pPr>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl4pPr>
+              <a:lvl5pPr>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl5pPr>
+              <a:lvl6pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl6pPr>
+              <a:lvl7pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl7pPr>
+              <a:lvl8pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl8pPr>
+              <a:lvl9pPr fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+                <a:defRPr>
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" charset="0"/>
+                </a:defRPr>
+              </a:lvl9pPr>
+            </a:lstStyle>
+            <a:p>
+              <a:pPr algn="ctr" fontAlgn="base">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1400" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Biografije:</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1300" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Mesto TuR u biografiji ispitanika/ce</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1300" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Doživljaj prelaska</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1300" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Doživljaj promena</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1300" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>    Odnosi u roditeljstvu</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="sr-Latn-CS" sz="1300" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                  <a:cs typeface="Arial" charset="0"/>
+                </a:rPr>
+                <a:t>Porodične prakse i prikazivanje roditeljstva</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPct val="0"/>
+                </a:spcAft>
+              </a:pPr>
+              <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:ea typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1893430884"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...54 lines deleted...]
-        </p:spPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3760B48A-2075-4593-B0E5-1F7877296620}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:spAutoFit/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...74 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Ciljevi</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A518FD23-DD68-4ED5-A4C9-23DF644EE99F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>Eksploratorni: proučavanje tranzicije u roditeljstvo i ranog roditeljstva</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>Posebni: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="514350" indent="-514350">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>analiza razlika (slojnih, rodnih, etničkih) i njihove međupovezanosti</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="514350" indent="-514350">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>Interpretacija značenja u individualnoj biografiji i subjektivnih značenja</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="514350" indent="-514350">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" dirty="0"/>
+              <a:t>rekonstrukcija porodičnih praksi majčinstva i očinstva</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1469387804"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...54 lines deleted...]
-        </p:spPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" b="1" dirty="0"/>
+              <a:t>Izvori podataka</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:spAutoFit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...2 lines deleted...]
-                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+            <a:pPr marL="0" marR="0" indent="457200" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Kazimir</a:t>
-[...3 lines deleted...]
-                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              <a:t>Anketno istraživanje sa 435 roditelja iz nacionalno reprezentativnog uzorka od 1627 mladih starosti od 19 – 35 godina sprovedenog 2011. godine </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="457200" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> Malevich (1878–1935)</a:t>
-[...3 lines deleted...]
-                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              <a:t>24 intervjua sa mladim majkama i očevima </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="457200" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>, </a:t>
-[...3 lines deleted...]
-                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              <a:t>50 intervjua sa tridesetogodišnjacima koji nisu roditelji</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="457200" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="115000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sr-Latn-CS" sz="2800" dirty="0">
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Na bulevaru</a:t>
-[...61 lines deleted...]
-              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              <a:t>izabranim iz uzorka ispitanika iz ankete iz različitih delova centralne Srbije, Vojvodine i Beograda, koji su obavljeni u proleće 2012. godine. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1316008237"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -7961,379 +6496,94 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-[...281 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1043</Words>
+  <Words>469</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
-  <Paragraphs>55</Paragraphs>
-  <Slides>20</Slides>
+  <Paragraphs>67</Paragraphs>
+  <Slides>10</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>20</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="21" baseType="lpstr">
+    <vt:vector size="13" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>početak: (post)impresionizam-larionov, gončarova, maljevič</vt:lpstr>
-[...18 lines deleted...]
-      <vt:lpstr>Slide 20</vt:lpstr>
+      <vt:lpstr>Rano roditeljstvo u Srbiji. Multidimenzionalni pristup  životnog toka</vt:lpstr>
+      <vt:lpstr>Projekat</vt:lpstr>
+      <vt:lpstr>Podsticaj i pristup</vt:lpstr>
+      <vt:lpstr>Pristup životnog toka  (life-course) </vt:lpstr>
+      <vt:lpstr>Strukturisana individualizacija </vt:lpstr>
+      <vt:lpstr>Porodične prakse i prikazivanje</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Ciljevi</vt:lpstr>
+      <vt:lpstr>Izvori podataka</vt:lpstr>
+      <vt:lpstr>Metod</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Hewlett-Packard Company</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>početak: (post)impresionizam-larionov, gončarova, maljevič</dc:title>
-  <dc:creator>User</dc:creator>
+  <dc:title>Rano roditeljstvo u Srbiji. Multidimenzionalni pristup  životnog toka</dc:title>
+  <dc:creator>Dell</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>